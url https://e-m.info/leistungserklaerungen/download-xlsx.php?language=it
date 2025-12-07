--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -12,347 +12,239 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Adeguamenti-di-prezzo" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
-[...19 lines deleted...]
-    <t>Woertz</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+  <si>
+    <t>Adeguamenti di prezzo già programmati da parte dei nostri fornitori 07.12.2025 17:56:41 Dati senza garanzia</t>
+  </si>
+  <si>
+    <t>﻿Plica AG</t>
+  </si>
+  <si>
+    <t>Tubo innestabile in alluminio TOP</t>
+  </si>
+  <si>
+    <t>6.0%</t>
+  </si>
+  <si>
+    <t>01.09.2025</t>
+  </si>
+  <si>
+    <t>Effektiv</t>
+  </si>
+  <si>
+    <t>Siemens Schweiz AG (SBT)</t>
+  </si>
+  <si>
+    <t>HLK</t>
+  </si>
+  <si>
+    <t>2.5%</t>
+  </si>
+  <si>
+    <t>01.10.2025</t>
+  </si>
+  <si>
+    <t>KNX</t>
+  </si>
+  <si>
+    <t>-15 - 30%</t>
+  </si>
+  <si>
+    <t>Somfy SA</t>
   </si>
   <si>
     <t>ø assortimento</t>
   </si>
   <si>
-    <t>Ø 2.9%</t>
-[...260 lines deleted...]
-    <t>Ø 18%</t>
+    <t>1.3%</t>
+  </si>
+  <si>
+    <t>01.01.2026</t>
   </si>
   <si>
     <t>Gira Giersiepen GmbH &amp; Co. KG</t>
   </si>
   <si>
-    <t>Ø 1.9-3.8%</t>
-[...2 lines deleted...]
-    <t>01/11/2025</t>
+    <t>1.9 - 3.8%</t>
+  </si>
+  <si>
+    <t>01.11.2025</t>
+  </si>
+  <si>
+    <t>Fronius Schweiz AG</t>
+  </si>
+  <si>
+    <t>5.0%</t>
+  </si>
+  <si>
+    <t>Harting AG</t>
+  </si>
+  <si>
+    <t>Bertschinger Max AG</t>
+  </si>
+  <si>
+    <t>18.0%</t>
+  </si>
+  <si>
+    <t>Danfoss AG</t>
+  </si>
+  <si>
+    <t>3.5%</t>
+  </si>
+  <si>
+    <t>ESYLUX Swiss AG</t>
+  </si>
+  <si>
+    <t>0.6%</t>
+  </si>
+  <si>
+    <t>Feller AG</t>
+  </si>
+  <si>
+    <t>2.3%</t>
+  </si>
+  <si>
+    <t>01.02.2026</t>
+  </si>
+  <si>
+    <t>ABB Schweiz AG  LV Products</t>
+  </si>
+  <si>
+    <t>2.2%</t>
+  </si>
+  <si>
+    <t>Hager AG</t>
+  </si>
+  <si>
+    <t>1.0%</t>
+  </si>
+  <si>
+    <t>Arthur Flury AG</t>
+  </si>
+  <si>
+    <t>2.9%</t>
+  </si>
+  <si>
+    <t>AGRO AG</t>
+  </si>
+  <si>
+    <t>1.7%</t>
+  </si>
+  <si>
+    <t>Bettermann AG</t>
+  </si>
+  <si>
+    <t>1.9%</t>
+  </si>
+  <si>
+    <t>RAYTECH S.r.l.</t>
+  </si>
+  <si>
+    <t>3.8%</t>
+  </si>
+  <si>
+    <t>Cimco International GmbH</t>
+  </si>
+  <si>
+    <t>Erico Europe B.V.</t>
+  </si>
+  <si>
+    <t>Eriflex</t>
+  </si>
+  <si>
+    <t>4.0%</t>
+  </si>
+  <si>
+    <t>01.12.2025</t>
+  </si>
+  <si>
+    <t>nVent Raychem</t>
+  </si>
+  <si>
+    <t>Schneider Electric (Schweiz) A</t>
+  </si>
+  <si>
+    <t>Demelectric AG</t>
+  </si>
+  <si>
+    <t>Sortiment Doepke &amp; Eltake</t>
+  </si>
+  <si>
+    <t>3M (Schweiz) GmbH</t>
+  </si>
+  <si>
+    <t>01.04.2026</t>
+  </si>
+  <si>
+    <t>ComatReleco AG</t>
+  </si>
+  <si>
+    <t>2.6%</t>
+  </si>
+  <si>
+    <t>WERMA International GmbH</t>
+  </si>
+  <si>
+    <t>1.6%</t>
+  </si>
+  <si>
+    <t>Panduit GmbH</t>
+  </si>
+  <si>
+    <t>8.2%</t>
+  </si>
+  <si>
+    <t>BBC Cellpack AG</t>
+  </si>
+  <si>
+    <t>3.0%</t>
+  </si>
+  <si>
+    <t>Legrand (Schweiz) AG</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -655,907 +547,538 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E70"/>
+  <dimension ref="A1:E29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
-      <c r="E3"/>
+      <c r="E3" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
-      <c r="E4"/>
+      <c r="E4" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="E5"/>
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C6" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="E6"/>
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C7" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="E7"/>
+        <v>15</v>
+      </c>
+      <c r="E7" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="B8" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C8" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="E8"/>
+        <v>15</v>
+      </c>
+      <c r="E8" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="C9" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
-      <c r="E9"/>
+      <c r="E9" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="B10" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="C10" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="E10"/>
+        <v>15</v>
+      </c>
+      <c r="E10" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C11" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="E11"/>
+        <v>15</v>
+      </c>
+      <c r="E11" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="C12" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="E12"/>
+        <v>30</v>
+      </c>
+      <c r="E12" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="B13" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C13" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="E13"/>
+        <v>30</v>
+      </c>
+      <c r="E13" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="B14" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C14" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="E14"/>
+        <v>15</v>
+      </c>
+      <c r="E14" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B15" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="C15" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="E15"/>
+        <v>30</v>
+      </c>
+      <c r="E15" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="B16" t="s">
+        <v>13</v>
+      </c>
+      <c r="C16" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" t="s">
         <v>30</v>
       </c>
-      <c r="C16" t="s">
-[...5 lines deleted...]
-      <c r="E16"/>
+      <c r="E16" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
-        <v>10</v>
+        <v>39</v>
       </c>
       <c r="B17" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="C17" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="E17"/>
+        <v>30</v>
+      </c>
+      <c r="E17" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="B18" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="C18" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="E18"/>
+        <v>15</v>
+      </c>
+      <c r="E18" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="B19" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="C19" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="E19"/>
+        <v>15</v>
+      </c>
+      <c r="E19" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="C20" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="E20"/>
+        <v>47</v>
+      </c>
+      <c r="E20" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="B21" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="C21" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="E21"/>
+        <v>15</v>
+      </c>
+      <c r="E21" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="B22" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C22" t="s">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="D22" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="E22"/>
+        <v>30</v>
+      </c>
+      <c r="E22" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
-        <v>7</v>
+        <v>51</v>
       </c>
       <c r="C23" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="D23" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="E23"/>
+        <v>15</v>
+      </c>
+      <c r="E23" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="B24" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C24" t="s">
-        <v>47</v>
+        <v>8</v>
       </c>
       <c r="D24" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="E24"/>
+        <v>53</v>
+      </c>
+      <c r="E24" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="B25" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
       <c r="C25" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="D25" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="E25"/>
+        <v>15</v>
+      </c>
+      <c r="E25" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="C26" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="D26" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="E26"/>
+        <v>15</v>
+      </c>
+      <c r="E26" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="B27" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="C27" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="D27" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="E27"/>
+        <v>15</v>
+      </c>
+      <c r="E27" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
       <c r="B28" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="C28" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="D28" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="E28"/>
+        <v>15</v>
+      </c>
+      <c r="E28" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B29" t="s">
-        <v>60</v>
+        <v>13</v>
       </c>
       <c r="C29" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="D29" t="s">
-        <v>52</v>
-[...424 lines deleted...]
-      <c r="E70"/>
+        <v>30</v>
+      </c>
+      <c r="E29" t="s">
+        <v>5</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
@@ -1565,31 +1088,31 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Adeguamenti-di-prezzo</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Elettro-Materiale SA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Adeguamenti-di-prezzo</dc:title>
-  <dc:description>Adeguamenti di prezzo già programmati da parte dei nostri fornitori 22.10.2025 17:44:37 Dati senza garanzia</dc:description>
+  <dc:description>Adeguamenti di prezzo già programmati da parte dei nostri fornitori 07.12.2025 17:56:41 Dati senza garanzia</dc:description>
   <dc:subject>Adeguamenti-di-prezzo</dc:subject>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>