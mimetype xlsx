--- v1 (2025-12-07)
+++ v2 (2026-02-08)
@@ -12,239 +12,272 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Adeguamenti-di-prezzo" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
-[...1 lines deleted...]
-    <t>Adeguamenti di prezzo già programmati da parte dei nostri fornitori 07.12.2025 17:56:41 Dati senza garanzia</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+  <si>
+    <t>Adeguamenti di prezzo già programmati da parte dei nostri fornitori 08.02.2026 02:34:19 Dati senza garanzia</t>
   </si>
   <si>
     <t>﻿Plica AG</t>
   </si>
   <si>
     <t>Tubo innestabile in alluminio TOP</t>
   </si>
   <si>
     <t>6.0%</t>
   </si>
   <si>
     <t>01.09.2025</t>
   </si>
   <si>
-    <t>Effektiv</t>
-[...1 lines deleted...]
-  <si>
     <t>Siemens Schweiz AG (SBT)</t>
   </si>
   <si>
     <t>HLK</t>
   </si>
   <si>
     <t>2.5%</t>
   </si>
   <si>
     <t>01.10.2025</t>
   </si>
   <si>
     <t>KNX</t>
   </si>
   <si>
     <t>-15 - 30%</t>
   </si>
   <si>
+    <t>Bertschinger Max AG</t>
+  </si>
+  <si>
+    <t>ø assortimento</t>
+  </si>
+  <si>
+    <t>18.0%</t>
+  </si>
+  <si>
+    <t>Gira Giersiepen GmbH &amp; Co. KG</t>
+  </si>
+  <si>
+    <t>1.9 - 3.8%</t>
+  </si>
+  <si>
+    <t>01.11.2025</t>
+  </si>
+  <si>
+    <t>Erico Europe B.V.</t>
+  </si>
+  <si>
+    <t>Eriflex</t>
+  </si>
+  <si>
+    <t>4.0%</t>
+  </si>
+  <si>
+    <t>01.12.2025</t>
+  </si>
+  <si>
     <t>Somfy SA</t>
   </si>
   <si>
-    <t>ø assortimento</t>
-[...2 lines deleted...]
-    <t>1.3%</t>
+    <t>2.0%</t>
   </si>
   <si>
     <t>01.01.2026</t>
   </si>
   <si>
-    <t>Gira Giersiepen GmbH &amp; Co. KG</t>
-[...7 lines deleted...]
-  <si>
     <t>Fronius Schweiz AG</t>
   </si>
   <si>
     <t>5.0%</t>
   </si>
   <si>
     <t>Harting AG</t>
   </si>
   <si>
-    <t>Bertschinger Max AG</t>
-[...4 lines deleted...]
-  <si>
     <t>Danfoss AG</t>
   </si>
   <si>
     <t>3.5%</t>
   </si>
   <si>
     <t>ESYLUX Swiss AG</t>
   </si>
   <si>
     <t>0.6%</t>
   </si>
   <si>
+    <t>Hager AG</t>
+  </si>
+  <si>
+    <t>1.0%</t>
+  </si>
+  <si>
+    <t>RAYTECH S.r.l.</t>
+  </si>
+  <si>
+    <t>3.8%</t>
+  </si>
+  <si>
+    <t>Cimco International GmbH</t>
+  </si>
+  <si>
+    <t>2.2%</t>
+  </si>
+  <si>
+    <t>nVent Raychem</t>
+  </si>
+  <si>
+    <t>Demelectric AG</t>
+  </si>
+  <si>
+    <t>Sortiment Doepke &amp; Eltake</t>
+  </si>
+  <si>
+    <t>ComatReleco AG</t>
+  </si>
+  <si>
+    <t>2.6%</t>
+  </si>
+  <si>
+    <t>WERMA International GmbH</t>
+  </si>
+  <si>
+    <t>1.6%</t>
+  </si>
+  <si>
+    <t>Panduit GmbH</t>
+  </si>
+  <si>
+    <t>8.2%</t>
+  </si>
+  <si>
+    <t>BBC Cellpack AG</t>
+  </si>
+  <si>
+    <t>3.0%</t>
+  </si>
+  <si>
+    <t>Gustav Hensel GmbH &amp; Co. KG</t>
+  </si>
+  <si>
+    <t>-3.0 - +3.0 %</t>
+  </si>
+  <si>
+    <t>Traco Electronic Company Limit</t>
+  </si>
+  <si>
+    <t>-7.1%</t>
+  </si>
+  <si>
+    <t>Eberle Controls GmbH</t>
+  </si>
+  <si>
+    <t>4.2%</t>
+  </si>
+  <si>
+    <t>EAO Schweiz AG</t>
+  </si>
+  <si>
+    <t>1.7%</t>
+  </si>
+  <si>
+    <t>Eaton Industries II GmbH</t>
+  </si>
+  <si>
+    <t>Riduzione del prezzo di listino a seconda del gruppo di assortimento (uniformazione del tasso di cambio CHF – EUR)</t>
+  </si>
+  <si>
+    <t>-15 - 25%</t>
+  </si>
+  <si>
+    <t>01.02.2026</t>
+  </si>
+  <si>
     <t>Feller AG</t>
   </si>
   <si>
     <t>2.3%</t>
   </si>
   <si>
-    <t>01.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>ABB Schweiz AG  LV Products</t>
   </si>
   <si>
-    <t>2.2%</t>
-[...7 lines deleted...]
-  <si>
     <t>Arthur Flury AG</t>
   </si>
   <si>
     <t>2.9%</t>
   </si>
   <si>
     <t>AGRO AG</t>
   </si>
   <si>
-    <t>1.7%</t>
-[...1 lines deleted...]
-  <si>
     <t>Bettermann AG</t>
   </si>
   <si>
     <t>1.9%</t>
   </si>
   <si>
-    <t>RAYTECH S.r.l.</t>
-[...22 lines deleted...]
-  <si>
     <t>Schneider Electric (Schweiz) A</t>
   </si>
   <si>
-    <t>Demelectric AG</t>
-[...2 lines deleted...]
-    <t>Sortiment Doepke &amp; Eltake</t>
+    <t>Legrand (Schweiz) AG</t>
+  </si>
+  <si>
+    <t>Woertz AG</t>
+  </si>
+  <si>
+    <t>01.03.2026</t>
   </si>
   <si>
     <t>3M (Schweiz) GmbH</t>
   </si>
   <si>
     <t>01.04.2026</t>
-  </si>
-[...25 lines deleted...]
-    <t>Legrand (Schweiz) AG</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -547,537 +580,537 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E29"/>
+  <dimension ref="A1:D35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:5">
+    <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:5">
+    <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
-      <c r="E2" t="s">
+    </row>
+    <row r="3" spans="1:4">
+      <c r="A3" t="s">
         <v>5</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="B3" t="s">
         <v>6</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>7</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>8</v>
       </c>
-      <c r="D3" t="s">
+    </row>
+    <row r="4" spans="1:4">
+      <c r="A4" t="s">
+        <v>5</v>
+      </c>
+      <c r="B4" t="s">
         <v>9</v>
       </c>
-      <c r="E3" t="s">
-[...7 lines deleted...]
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>10</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" t="s">
         <v>11</v>
       </c>
-      <c r="D4" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="B5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C5" t="s">
         <v>13</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" t="s">
         <v>14</v>
       </c>
-      <c r="D5" t="s">
+      <c r="B6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C6" t="s">
         <v>15</v>
       </c>
-      <c r="E5" t="s">
-[...4 lines deleted...]
-      <c r="A6" t="s">
+      <c r="D6" t="s">
         <v>16</v>
       </c>
-      <c r="B6" t="s">
-[...2 lines deleted...]
-      <c r="C6" t="s">
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
+      <c r="B7" t="s">
         <v>18</v>
       </c>
-      <c r="E6" t="s">
-[...4 lines deleted...]
-      <c r="A7" t="s">
+      <c r="C7" t="s">
         <v>19</v>
       </c>
-      <c r="B7" t="s">
-[...2 lines deleted...]
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
-[...6 lines deleted...]
-    <row r="8" spans="1:5">
+    </row>
+    <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="B8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C8" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-    <row r="9" spans="1:5">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
-[...5 lines deleted...]
-    <row r="10" spans="1:5">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B10" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>7</v>
       </c>
       <c r="D10" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-    <row r="11" spans="1:5">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B11" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-    <row r="12" spans="1:5">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B12" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
-[...5 lines deleted...]
-    <row r="13" spans="1:5">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>31</v>
       </c>
       <c r="B13" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
-[...5 lines deleted...]
-    <row r="14" spans="1:5">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>33</v>
       </c>
       <c r="B14" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C14" t="s">
         <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-    <row r="15" spans="1:5">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>35</v>
       </c>
       <c r="B15" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C15" t="s">
         <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>30</v>
-[...5 lines deleted...]
-    <row r="16" spans="1:5">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>37</v>
       </c>
       <c r="B16" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C16" t="s">
+        <v>34</v>
+      </c>
+      <c r="D16" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4">
+      <c r="A17" t="s">
         <v>38</v>
       </c>
-      <c r="D16" t="s">
-[...7 lines deleted...]
-      <c r="A17" t="s">
+      <c r="B17" t="s">
         <v>39</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" t="s">
+        <v>32</v>
+      </c>
+      <c r="D17" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4">
+      <c r="A18" t="s">
         <v>40</v>
       </c>
-      <c r="D17" t="s">
-[...7 lines deleted...]
-      <c r="A18" t="s">
+      <c r="B18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C18" t="s">
         <v>41</v>
       </c>
-      <c r="B18" t="s">
-[...2 lines deleted...]
-      <c r="C18" t="s">
+      <c r="D18" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4">
+      <c r="A19" t="s">
         <v>42</v>
       </c>
-      <c r="D18" t="s">
-[...7 lines deleted...]
-      <c r="A19" t="s">
+      <c r="B19" t="s">
+        <v>12</v>
+      </c>
+      <c r="C19" t="s">
         <v>43</v>
       </c>
-      <c r="B19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D19" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-    <row r="20" spans="1:5">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" t="s">
+        <v>12</v>
+      </c>
+      <c r="C20" t="s">
         <v>45</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4">
+      <c r="A21" t="s">
         <v>46</v>
       </c>
-      <c r="D20" t="s">
+      <c r="B21" t="s">
+        <v>12</v>
+      </c>
+      <c r="C21" t="s">
         <v>47</v>
       </c>
-      <c r="E20" t="s">
-[...4 lines deleted...]
-      <c r="A21" t="s">
+      <c r="D21" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4">
+      <c r="A22" t="s">
         <v>48</v>
       </c>
-      <c r="B21" t="s">
-[...13 lines deleted...]
-      <c r="A22" t="s">
+      <c r="B22" t="s">
+        <v>12</v>
+      </c>
+      <c r="C22" t="s">
         <v>49</v>
       </c>
-      <c r="B22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D22" t="s">
-        <v>30</v>
-[...5 lines deleted...]
-    <row r="23" spans="1:5">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
+        <v>12</v>
+      </c>
+      <c r="C23" t="s">
         <v>51</v>
       </c>
-      <c r="C23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D23" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-    <row r="24" spans="1:5">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C24" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="D24" t="s">
-        <v>53</v>
-[...5 lines deleted...]
-    <row r="25" spans="1:5">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C25" t="s">
         <v>55</v>
       </c>
       <c r="D25" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-    <row r="26" spans="1:5">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="C26" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D26" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-    <row r="27" spans="1:5">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B27" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C27" t="s">
+        <v>61</v>
+      </c>
+      <c r="D27" t="s">
         <v>59</v>
       </c>
-      <c r="D27" t="s">
-[...6 lines deleted...]
-    <row r="28" spans="1:5">
+    </row>
+    <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B28" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C28" t="s">
+        <v>36</v>
+      </c>
+      <c r="D28" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4">
+      <c r="A29" t="s">
+        <v>63</v>
+      </c>
+      <c r="B29" t="s">
+        <v>12</v>
+      </c>
+      <c r="C29" t="s">
+        <v>64</v>
+      </c>
+      <c r="D29" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4">
+      <c r="A30" t="s">
+        <v>65</v>
+      </c>
+      <c r="B30" t="s">
+        <v>12</v>
+      </c>
+      <c r="C30" t="s">
+        <v>55</v>
+      </c>
+      <c r="D30" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31" t="s">
+        <v>66</v>
+      </c>
+      <c r="B31" t="s">
+        <v>12</v>
+      </c>
+      <c r="C31" t="s">
+        <v>67</v>
+      </c>
+      <c r="D31" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4">
+      <c r="A32" t="s">
+        <v>68</v>
+      </c>
+      <c r="B32" t="s">
+        <v>12</v>
+      </c>
+      <c r="C32" t="s">
+        <v>7</v>
+      </c>
+      <c r="D32" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4">
+      <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
+        <v>12</v>
+      </c>
+      <c r="C33" t="s">
         <v>61</v>
       </c>
-      <c r="D28" t="s">
-[...20 lines deleted...]
-        <v>5</v>
+      <c r="D33" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4">
+      <c r="A34" t="s">
+        <v>70</v>
+      </c>
+      <c r="B34" t="s">
+        <v>12</v>
+      </c>
+      <c r="C34" t="s">
+        <v>47</v>
+      </c>
+      <c r="D34" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4">
+      <c r="A35" t="s">
+        <v>72</v>
+      </c>
+      <c r="B35" t="s">
+        <v>12</v>
+      </c>
+      <c r="C35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D35" t="s">
+        <v>73</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
@@ -1088,31 +1121,31 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Adeguamenti-di-prezzo</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Elettro-Materiale SA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Adeguamenti-di-prezzo</dc:title>
-  <dc:description>Adeguamenti di prezzo già programmati da parte dei nostri fornitori 07.12.2025 17:56:41 Dati senza garanzia</dc:description>
+  <dc:description>Adeguamenti di prezzo già programmati da parte dei nostri fornitori 08.02.2026 02:34:19 Dati senza garanzia</dc:description>
   <dc:subject>Adeguamenti-di-prezzo</dc:subject>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>