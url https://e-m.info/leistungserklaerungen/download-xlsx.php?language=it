--- v2 (2026-02-08)
+++ v3 (2026-02-08)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Adeguamenti-di-prezzo" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
-    <t>Adeguamenti di prezzo già programmati da parte dei nostri fornitori 08.02.2026 02:34:19 Dati senza garanzia</t>
+    <t>Adeguamenti di prezzo già programmati da parte dei nostri fornitori 08.02.2026 04:01:00 Dati senza garanzia</t>
   </si>
   <si>
     <t>﻿Plica AG</t>
   </si>
   <si>
     <t>Tubo innestabile in alluminio TOP</t>
   </si>
   <si>
     <t>6.0%</t>
   </si>
   <si>
     <t>01.09.2025</t>
   </si>
   <si>
     <t>Siemens Schweiz AG (SBT)</t>
   </si>
   <si>
     <t>HLK</t>
   </si>
   <si>
     <t>2.5%</t>
   </si>
   <si>
     <t>01.10.2025</t>
   </si>
@@ -1121,31 +1121,31 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Adeguamenti-di-prezzo</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Elettro-Materiale SA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Adeguamenti-di-prezzo</dc:title>
-  <dc:description>Adeguamenti di prezzo già programmati da parte dei nostri fornitori 08.02.2026 02:34:19 Dati senza garanzia</dc:description>
+  <dc:description>Adeguamenti di prezzo già programmati da parte dei nostri fornitori 08.02.2026 04:01:00 Dati senza garanzia</dc:description>
   <dc:subject>Adeguamenti-di-prezzo</dc:subject>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>