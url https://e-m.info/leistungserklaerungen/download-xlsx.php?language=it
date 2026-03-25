--- v3 (2026-02-08)
+++ v4 (2026-03-25)
@@ -12,272 +12,425 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Adeguamenti-di-prezzo" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
-[...7 lines deleted...]
-    <t>Tubo innestabile in alluminio TOP</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
+  <si>
+    <t>Adeguamenti di prezzo già programmati da parte dei nostri fornitori 25.03.2026 09:59:16 Dati senza garanzia</t>
+  </si>
+  <si>
+    <t>﻿Schneider Electric (Schweiz) A</t>
+  </si>
+  <si>
+    <t>Distribuzione di energia a bassa tensione</t>
+  </si>
+  <si>
+    <t>2.9%</t>
+  </si>
+  <si>
+    <t>01.06.2026</t>
+  </si>
+  <si>
+    <t>Schneider Electric (Schweiz) A</t>
+  </si>
+  <si>
+    <t>Protezione dei tiratori e protezione del motore</t>
+  </si>
+  <si>
+    <t>4.5%</t>
+  </si>
+  <si>
+    <t>Apparecchi da incasso in serie e tecnologia di misurazione dell'energia</t>
+  </si>
+  <si>
+    <t>2.0%</t>
+  </si>
+  <si>
+    <t>eMobility</t>
+  </si>
+  <si>
+    <t>Automazione degli edifici</t>
+  </si>
+  <si>
+    <t>1.7%</t>
+  </si>
+  <si>
+    <t>Automazione industriale</t>
+  </si>
+  <si>
+    <t>1.9%</t>
+  </si>
+  <si>
+    <t>Feller AG</t>
+  </si>
+  <si>
+    <t>Wiser by Feller</t>
+  </si>
+  <si>
+    <t>2.6%</t>
+  </si>
+  <si>
+    <t>Prese a pavimento</t>
+  </si>
+  <si>
+    <t>5.0%</t>
+  </si>
+  <si>
+    <t>Feller ELEMENT</t>
+  </si>
+  <si>
+    <t>20.0%</t>
+  </si>
+  <si>
+    <t>Prese FI</t>
+  </si>
+  <si>
+    <t>Eaton Industries II GmbH</t>
+  </si>
+  <si>
+    <t>assortimento</t>
+  </si>
+  <si>
+    <t>2.5%</t>
+  </si>
+  <si>
+    <t>01.05.2026</t>
+  </si>
+  <si>
+    <t>Routeco AG</t>
+  </si>
+  <si>
+    <t>1.4%</t>
+  </si>
+  <si>
+    <t>05.04.2026</t>
+  </si>
+  <si>
+    <t>3M (Schweiz) GmbH</t>
+  </si>
+  <si>
+    <t>01.04.2026</t>
+  </si>
+  <si>
+    <t>Digital Strom AG</t>
+  </si>
+  <si>
+    <t>13.0%</t>
+  </si>
+  <si>
+    <t>Danfoss AG</t>
+  </si>
+  <si>
+    <t>3.6%</t>
+  </si>
+  <si>
+    <t>Phoenix Contact AG</t>
+  </si>
+  <si>
+    <t>4.2%</t>
+  </si>
+  <si>
+    <t>MDT technologies GmbH</t>
+  </si>
+  <si>
+    <t>3.9%</t>
+  </si>
+  <si>
+    <t>ABB Schweiz AG</t>
+  </si>
+  <si>
+    <t>Apparecchi da incasso in serie e piccoli quadri di distribuzione</t>
+  </si>
+  <si>
+    <t>Pro M compact</t>
+  </si>
+  <si>
+    <t>Sistema a incastro SMISSLINE</t>
+  </si>
+  <si>
+    <t>Prodotti Controls</t>
+  </si>
+  <si>
+    <t>0 - 8%</t>
+  </si>
+  <si>
+    <t>Componenti industriali</t>
+  </si>
+  <si>
+    <t>0 - 6%</t>
+  </si>
+  <si>
+    <t>Vari prodotti Controls</t>
+  </si>
+  <si>
+    <t>Apparecchiature di commutazione e distribuzione dell'energia</t>
+  </si>
+  <si>
+    <t>0 - 15%</t>
+  </si>
+  <si>
+    <t>Prese di sicurezza ABB SIDOS</t>
+  </si>
+  <si>
+    <t>Citofoni</t>
+  </si>
+  <si>
+    <t>0-1.5%</t>
+  </si>
+  <si>
+    <t>Infrastruttura di ricarica CA</t>
+  </si>
+  <si>
+    <t>0-5%</t>
+  </si>
+  <si>
+    <t>avviatore graduale</t>
+  </si>
+  <si>
+    <t>0-4%</t>
+  </si>
+  <si>
+    <t>Accessori per avviatori graduali</t>
+  </si>
+  <si>
+    <t>4.0%</t>
+  </si>
+  <si>
+    <t>FlexLine®</t>
+  </si>
+  <si>
+    <t>Demelectric AG</t>
+  </si>
+  <si>
+    <t>Varie modifiche</t>
+  </si>
+  <si>
+    <t>Plica AG</t>
+  </si>
+  <si>
+    <t>Tubi in plastica e tubi rinforzati con UV</t>
+  </si>
+  <si>
+    <t>ComatReleco AG</t>
+  </si>
+  <si>
+    <t>Sottogamma</t>
+  </si>
+  <si>
+    <t>1.0%</t>
+  </si>
+  <si>
+    <t>Ferratec Technics AG</t>
+  </si>
+  <si>
+    <t>5.6%</t>
+  </si>
+  <si>
+    <t>Woertz AG</t>
+  </si>
+  <si>
+    <t>3.0%</t>
+  </si>
+  <si>
+    <t>01.03.2026</t>
+  </si>
+  <si>
+    <t>Swibox AG</t>
+  </si>
+  <si>
+    <t>4.8%</t>
+  </si>
+  <si>
+    <t>Reichle &amp; De-Massari AG</t>
+  </si>
+  <si>
+    <t>2.3%</t>
+  </si>
+  <si>
+    <t>01.02.2026</t>
+  </si>
+  <si>
+    <t>2.2%</t>
+  </si>
+  <si>
+    <t>Arthur Flury AG</t>
+  </si>
+  <si>
+    <t>AGRO AG</t>
+  </si>
+  <si>
+    <t>Bettermann AG</t>
+  </si>
+  <si>
+    <t>Legrand (Schweiz) AG</t>
+  </si>
+  <si>
+    <t>Somfy SA</t>
+  </si>
+  <si>
+    <t>01.01.2026</t>
+  </si>
+  <si>
+    <t>Fronius Schweiz AG</t>
+  </si>
+  <si>
+    <t>Harting AG</t>
+  </si>
+  <si>
+    <t>3.5%</t>
+  </si>
+  <si>
+    <t>ESYLUX Swiss AG</t>
+  </si>
+  <si>
+    <t>Hager AG</t>
+  </si>
+  <si>
+    <t>RAYTECH S.r.l.</t>
+  </si>
+  <si>
+    <t>3.8%</t>
+  </si>
+  <si>
+    <t>Cimco International GmbH</t>
+  </si>
+  <si>
+    <t>nVent Raychem</t>
+  </si>
+  <si>
+    <t>assortimento Doepke &amp; Eltake</t>
+  </si>
+  <si>
+    <t>WERMA International GmbH</t>
+  </si>
+  <si>
+    <t>1.6%</t>
+  </si>
+  <si>
+    <t>Panduit GmbH</t>
+  </si>
+  <si>
+    <t>8.2%</t>
+  </si>
+  <si>
+    <t>BBC Cellpack AG</t>
+  </si>
+  <si>
+    <t>Gustav Hensel GmbH &amp; Co. KG</t>
+  </si>
+  <si>
+    <t>-3.0 - +3.0 %</t>
+  </si>
+  <si>
+    <t>Traco Electronic Company Limit</t>
+  </si>
+  <si>
+    <t>-7.1%</t>
+  </si>
+  <si>
+    <t>Eberle Controls GmbH</t>
+  </si>
+  <si>
+    <t>Assortimento principale</t>
+  </si>
+  <si>
+    <t>EAO Schweiz AG</t>
+  </si>
+  <si>
+    <t>Siemens Schweiz AG</t>
+  </si>
+  <si>
+    <t>Erico Europe B.V.</t>
+  </si>
+  <si>
+    <t>Caddy</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Erico</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Eriflex</t>
+  </si>
+  <si>
+    <t>Gira Giersiepen GmbH &amp; Co. KG</t>
+  </si>
+  <si>
+    <t>1.9 - 3.8%</t>
+  </si>
+  <si>
+    <t>01.11.2025</t>
+  </si>
+  <si>
+    <t>Siemens Schweiz AG (SBT)</t>
+  </si>
+  <si>
+    <t>HLK</t>
+  </si>
+  <si>
+    <t>01.10.2025</t>
+  </si>
+  <si>
+    <t>KNX</t>
+  </si>
+  <si>
+    <t>-15 - 30%</t>
+  </si>
+  <si>
+    <t>Bertschinger Max AG</t>
+  </si>
+  <si>
+    <t>18.0%</t>
+  </si>
+  <si>
+    <t>Tube télescopique en aluminium TOP</t>
   </si>
   <si>
     <t>6.0%</t>
   </si>
   <si>
     <t>01.09.2025</t>
-  </si>
-[...205 lines deleted...]
-    <t>01.04.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -580,537 +733,1055 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D35"/>
+  <dimension ref="A1:D72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3" t="s">
         <v>7</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>5</v>
       </c>
       <c r="B4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" t="s">
         <v>9</v>
       </c>
-      <c r="C4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D5" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B6" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" t="s">
         <v>12</v>
       </c>
-      <c r="C6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="B7" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>4</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="B8" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="B9" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>4</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="B10" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="C10" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="B11" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="D11" t="s">
-        <v>23</v>
+        <v>4</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="B12" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D12" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="B13" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="D13" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="B14" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="D14" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="B15" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D15" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="B16" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="C16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D16" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B17" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="C17" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B18" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="D18" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B19" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="D19" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="B20" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="D20" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="B21" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
       <c r="D21" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="B22" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="C22" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D22" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="B23" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="C23" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="D23" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="B24" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="C24" t="s">
-        <v>53</v>
+        <v>9</v>
       </c>
       <c r="D24" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="B25" t="s">
-        <v>12</v>
+        <v>49</v>
       </c>
       <c r="C25" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="D25" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
       <c r="B26" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="C26" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
       <c r="D26" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="B27" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="C27" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="D27" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>62</v>
+        <v>40</v>
       </c>
       <c r="B28" t="s">
-        <v>12</v>
+        <v>54</v>
       </c>
       <c r="C28" t="s">
-        <v>36</v>
+        <v>55</v>
       </c>
       <c r="D28" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>63</v>
+        <v>40</v>
       </c>
       <c r="B29" t="s">
-        <v>12</v>
+        <v>56</v>
       </c>
       <c r="C29" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="D29" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>65</v>
+        <v>40</v>
       </c>
       <c r="B30" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="C30" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D30" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>66</v>
+        <v>40</v>
       </c>
       <c r="B31" t="s">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="C31" t="s">
-        <v>67</v>
+        <v>19</v>
       </c>
       <c r="D31" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="B32" t="s">
-        <v>12</v>
+        <v>62</v>
       </c>
       <c r="C32" t="s">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="D32" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="B33" t="s">
-        <v>12</v>
+        <v>64</v>
       </c>
       <c r="C33" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="D33" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="B34" t="s">
-        <v>12</v>
+        <v>66</v>
       </c>
       <c r="C34" t="s">
-        <v>47</v>
+        <v>67</v>
       </c>
       <c r="D34" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>68</v>
+      </c>
+      <c r="B35" t="s">
+        <v>66</v>
+      </c>
+      <c r="C35" t="s">
+        <v>69</v>
+      </c>
+      <c r="D35" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4">
+      <c r="A36" t="s">
+        <v>70</v>
+      </c>
+      <c r="B36" t="s">
+        <v>24</v>
+      </c>
+      <c r="C36" t="s">
+        <v>71</v>
+      </c>
+      <c r="D36" t="s">
         <v>72</v>
       </c>
-      <c r="B35" t="s">
+    </row>
+    <row r="37" spans="1:4">
+      <c r="A37" t="s">
+        <v>73</v>
+      </c>
+      <c r="B37" t="s">
+        <v>24</v>
+      </c>
+      <c r="C37" t="s">
+        <v>74</v>
+      </c>
+      <c r="D37" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4">
+      <c r="A38" t="s">
+        <v>75</v>
+      </c>
+      <c r="B38" t="s">
+        <v>24</v>
+      </c>
+      <c r="C38" t="s">
+        <v>71</v>
+      </c>
+      <c r="D38" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4">
+      <c r="A39" t="s">
+        <v>15</v>
+      </c>
+      <c r="B39" t="s">
+        <v>24</v>
+      </c>
+      <c r="C39" t="s">
+        <v>76</v>
+      </c>
+      <c r="D39" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4">
+      <c r="A40" t="s">
+        <v>40</v>
+      </c>
+      <c r="B40" t="s">
+        <v>24</v>
+      </c>
+      <c r="C40" t="s">
+        <v>78</v>
+      </c>
+      <c r="D40" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4">
+      <c r="A41" t="s">
+        <v>79</v>
+      </c>
+      <c r="B41" t="s">
+        <v>24</v>
+      </c>
+      <c r="C41" t="s">
+        <v>3</v>
+      </c>
+      <c r="D41" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4">
+      <c r="A42" t="s">
+        <v>80</v>
+      </c>
+      <c r="B42" t="s">
+        <v>24</v>
+      </c>
+      <c r="C42" t="s">
         <v>12</v>
       </c>
-      <c r="C35" t="s">
-[...3 lines deleted...]
-        <v>73</v>
+      <c r="D42" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4">
+      <c r="A43" t="s">
+        <v>81</v>
+      </c>
+      <c r="B43" t="s">
+        <v>24</v>
+      </c>
+      <c r="C43" t="s">
+        <v>14</v>
+      </c>
+      <c r="D43" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4">
+      <c r="A44" t="s">
+        <v>5</v>
+      </c>
+      <c r="B44" t="s">
+        <v>24</v>
+      </c>
+      <c r="C44" t="s">
+        <v>25</v>
+      </c>
+      <c r="D44" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4">
+      <c r="A45" t="s">
+        <v>82</v>
+      </c>
+      <c r="B45" t="s">
+        <v>24</v>
+      </c>
+      <c r="C45" t="s">
+        <v>76</v>
+      </c>
+      <c r="D45" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4">
+      <c r="A46" t="s">
+        <v>23</v>
+      </c>
+      <c r="B46" t="s">
+        <v>24</v>
+      </c>
+      <c r="C46" t="s">
+        <v>3</v>
+      </c>
+      <c r="D46" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4">
+      <c r="A47" t="s">
+        <v>79</v>
+      </c>
+      <c r="B47" t="s">
+        <v>24</v>
+      </c>
+      <c r="C47" t="s">
+        <v>3</v>
+      </c>
+      <c r="D47" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4">
+      <c r="A48" t="s">
+        <v>83</v>
+      </c>
+      <c r="B48" t="s">
+        <v>24</v>
+      </c>
+      <c r="C48" t="s">
+        <v>9</v>
+      </c>
+      <c r="D48" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4">
+      <c r="A49" t="s">
+        <v>85</v>
+      </c>
+      <c r="B49" t="s">
+        <v>24</v>
+      </c>
+      <c r="C49" t="s">
+        <v>19</v>
+      </c>
+      <c r="D49" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4">
+      <c r="A50" t="s">
+        <v>86</v>
+      </c>
+      <c r="B50" t="s">
+        <v>24</v>
+      </c>
+      <c r="C50" t="s">
+        <v>25</v>
+      </c>
+      <c r="D50" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4">
+      <c r="A51" t="s">
+        <v>34</v>
+      </c>
+      <c r="B51" t="s">
+        <v>24</v>
+      </c>
+      <c r="C51" t="s">
+        <v>87</v>
+      </c>
+      <c r="D51" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4">
+      <c r="A52" t="s">
+        <v>88</v>
+      </c>
+      <c r="B52" t="s">
+        <v>24</v>
+      </c>
+      <c r="C52" t="s">
+        <v>9</v>
+      </c>
+      <c r="D52" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4">
+      <c r="A53" t="s">
+        <v>89</v>
+      </c>
+      <c r="B53" t="s">
+        <v>24</v>
+      </c>
+      <c r="C53" t="s">
+        <v>67</v>
+      </c>
+      <c r="D53" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4">
+      <c r="A54" t="s">
+        <v>90</v>
+      </c>
+      <c r="B54" t="s">
+        <v>24</v>
+      </c>
+      <c r="C54" t="s">
+        <v>91</v>
+      </c>
+      <c r="D54" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4">
+      <c r="A55" t="s">
+        <v>92</v>
+      </c>
+      <c r="B55" t="s">
+        <v>24</v>
+      </c>
+      <c r="C55" t="s">
+        <v>78</v>
+      </c>
+      <c r="D55" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4">
+      <c r="A56" t="s">
+        <v>93</v>
+      </c>
+      <c r="B56" t="s">
+        <v>24</v>
+      </c>
+      <c r="C56" t="s">
+        <v>91</v>
+      </c>
+      <c r="D56" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4">
+      <c r="A57" t="s">
+        <v>61</v>
+      </c>
+      <c r="B57" t="s">
+        <v>94</v>
+      </c>
+      <c r="C57" t="s">
+        <v>67</v>
+      </c>
+      <c r="D57" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4">
+      <c r="A58" t="s">
+        <v>65</v>
+      </c>
+      <c r="B58" t="s">
+        <v>24</v>
+      </c>
+      <c r="C58" t="s">
+        <v>17</v>
+      </c>
+      <c r="D58" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4">
+      <c r="A59" t="s">
+        <v>95</v>
+      </c>
+      <c r="B59" t="s">
+        <v>24</v>
+      </c>
+      <c r="C59" t="s">
+        <v>96</v>
+      </c>
+      <c r="D59" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4">
+      <c r="A60" t="s">
+        <v>97</v>
+      </c>
+      <c r="B60" t="s">
+        <v>24</v>
+      </c>
+      <c r="C60" t="s">
+        <v>98</v>
+      </c>
+      <c r="D60" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4">
+      <c r="A61" t="s">
+        <v>99</v>
+      </c>
+      <c r="B61" t="s">
+        <v>24</v>
+      </c>
+      <c r="C61" t="s">
+        <v>71</v>
+      </c>
+      <c r="D61" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4">
+      <c r="A62" t="s">
+        <v>100</v>
+      </c>
+      <c r="B62" t="s">
+        <v>24</v>
+      </c>
+      <c r="C62" t="s">
+        <v>101</v>
+      </c>
+      <c r="D62" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4">
+      <c r="A63" t="s">
+        <v>102</v>
+      </c>
+      <c r="B63" t="s">
+        <v>24</v>
+      </c>
+      <c r="C63" t="s">
+        <v>103</v>
+      </c>
+      <c r="D63" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4">
+      <c r="A64" t="s">
+        <v>104</v>
+      </c>
+      <c r="B64" t="s">
+        <v>105</v>
+      </c>
+      <c r="C64" t="s">
+        <v>37</v>
+      </c>
+      <c r="D64" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4">
+      <c r="A65" t="s">
+        <v>106</v>
+      </c>
+      <c r="B65" t="s">
+        <v>24</v>
+      </c>
+      <c r="C65" t="s">
+        <v>12</v>
+      </c>
+      <c r="D65" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4">
+      <c r="A66" t="s">
+        <v>107</v>
+      </c>
+      <c r="B66" t="s">
+        <v>24</v>
+      </c>
+      <c r="C66" t="s">
+        <v>25</v>
+      </c>
+      <c r="D66" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4">
+      <c r="A67" t="s">
+        <v>108</v>
+      </c>
+      <c r="B67" t="s">
+        <v>109</v>
+      </c>
+      <c r="C67" t="s">
+        <v>110</v>
+      </c>
+      <c r="D67" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4">
+      <c r="A68" t="s">
+        <v>112</v>
+      </c>
+      <c r="B68" t="s">
+        <v>24</v>
+      </c>
+      <c r="C68" t="s">
+        <v>113</v>
+      </c>
+      <c r="D68" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4">
+      <c r="A69" t="s">
+        <v>115</v>
+      </c>
+      <c r="B69" t="s">
+        <v>116</v>
+      </c>
+      <c r="C69" t="s">
+        <v>25</v>
+      </c>
+      <c r="D69" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4">
+      <c r="A70" t="s">
+        <v>115</v>
+      </c>
+      <c r="B70" t="s">
+        <v>118</v>
+      </c>
+      <c r="C70" t="s">
+        <v>119</v>
+      </c>
+      <c r="D70" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4">
+      <c r="A71" t="s">
+        <v>120</v>
+      </c>
+      <c r="B71" t="s">
+        <v>24</v>
+      </c>
+      <c r="C71" t="s">
+        <v>121</v>
+      </c>
+      <c r="D71" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4">
+      <c r="A72" t="s">
+        <v>63</v>
+      </c>
+      <c r="B72" t="s">
+        <v>122</v>
+      </c>
+      <c r="C72" t="s">
+        <v>123</v>
+      </c>
+      <c r="D72" t="s">
+        <v>124</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
@@ -1121,31 +1792,31 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Adeguamenti-di-prezzo</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Elettro-Materiale SA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Adeguamenti-di-prezzo</dc:title>
-  <dc:description>Adeguamenti di prezzo già programmati da parte dei nostri fornitori 08.02.2026 04:01:00 Dati senza garanzia</dc:description>
+  <dc:description>Adeguamenti di prezzo già programmati da parte dei nostri fornitori 25.03.2026 09:59:16 Dati senza garanzia</dc:description>
   <dc:subject>Adeguamenti-di-prezzo</dc:subject>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>